--- v0 (2026-01-01)
+++ v1 (2026-02-27)
@@ -1,214 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Finance\Eksterne regnskaber\Til roblon.com\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="I:\Finance\Eksterne regnskaber - Årsrapport\Til roblon.com\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FABF3189-93A4-4884-8769-008919D3B569}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B132FB5-968E-4DF4-AA5B-9C70D139F1EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D19DD499-5BAC-412A-9965-A09F0CB22532}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{D19DD499-5BAC-412A-9965-A09F0CB22532}"/>
   </bookViews>
   <sheets>
     <sheet name="New Highlights and ratios" sheetId="2" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'New Highlights and ratios'!$A$1:$AF$45</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E37" i="2" l="1"/>
-[...10 lines deleted...]
-  <c r="D31" i="2"/>
+  <c r="F7" i="2" l="1"/>
+  <c r="F6" i="2"/>
   <c r="AN28" i="2"/>
   <c r="AM28" i="2"/>
   <c r="AL28" i="2"/>
-  <c r="E28" i="2"/>
-[...27 lines deleted...]
-  <c r="D19" i="2"/>
+  <c r="H58" i="2"/>
+  <c r="H60" i="2" s="1"/>
+  <c r="AL27" i="2"/>
   <c r="H18" i="2"/>
   <c r="H20" i="2" s="1"/>
-  <c r="AL27" i="2" s="1"/>
   <c r="G18" i="2"/>
   <c r="G20" i="2" s="1"/>
-  <c r="F18" i="2"/>
-[...3 lines deleted...]
-  <c r="D18" i="2"/>
+  <c r="G46" i="2" s="1"/>
   <c r="H51" i="2"/>
-  <c r="G51" i="2"/>
   <c r="H17" i="2"/>
   <c r="G17" i="2"/>
-  <c r="F17" i="2"/>
-[...5 lines deleted...]
-  <c r="D16" i="2"/>
   <c r="H15" i="2"/>
-  <c r="G15" i="2"/>
-[...5 lines deleted...]
-  <c r="D12" i="2"/>
+  <c r="H45" i="2"/>
   <c r="G45" i="2"/>
-  <c r="F45" i="2"/>
-[...2 lines deleted...]
-  <c r="D51" i="2" s="1"/>
   <c r="G44" i="2"/>
-  <c r="F44" i="2"/>
   <c r="H10" i="2"/>
-  <c r="G10" i="2"/>
-[...11 lines deleted...]
-  <c r="D45" i="2"/>
+  <c r="H42" i="2" s="1"/>
+  <c r="G42" i="2"/>
+  <c r="H47" i="2" l="1"/>
+  <c r="G41" i="2"/>
+  <c r="G43" i="2"/>
+  <c r="H43" i="2"/>
+  <c r="H40" i="2"/>
   <c r="G47" i="2"/>
-  <c r="E41" i="2"/>
-[...9 lines deleted...]
-  <c r="E15" i="2"/>
+  <c r="AK27" i="2"/>
+  <c r="H54" i="2"/>
+  <c r="H55" i="2" s="1"/>
   <c r="G40" i="2"/>
-  <c r="F47" i="2"/>
-[...12 lines deleted...]
-  <c r="E44" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="76">
   <si>
     <t>%</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>DKKm</t>
   </si>
   <si>
     <t>No.</t>
   </si>
   <si>
     <t>Orders</t>
   </si>
   <si>
     <t>Order intake</t>
   </si>
   <si>
     <t>Orderbook</t>
   </si>
   <si>
     <t>Income statement</t>
   </si>
   <si>
@@ -298,71 +213,65 @@
   <si>
     <t>Depreciation, amortisation and impairment, total</t>
   </si>
   <si>
     <t>2020/21</t>
   </si>
   <si>
     <t>2021/22</t>
   </si>
   <si>
     <t>2022/23</t>
   </si>
   <si>
     <t>2023/24</t>
   </si>
   <si>
     <t>Enhed</t>
   </si>
   <si>
     <t>2021/22*</t>
   </si>
   <si>
     <t>2020/21*</t>
   </si>
   <si>
-    <t>2019/20*</t>
-[...1 lines deleted...]
-  <si>
     <t>Book-to-bill ratio</t>
   </si>
   <si>
     <t>DKK</t>
   </si>
   <si>
     <t>Pris pr. overskudskrone (PE)</t>
   </si>
   <si>
     <t>Fejl i årsrapporten 21/22</t>
   </si>
   <si>
     <t>Resultat pr. DKK 20 aktie (EPS) (fort+ophørende)</t>
   </si>
   <si>
-    <t>*Der er ikke foretaget tilpasning af hoved- og nøgletal for årene 2019/20-2021/22 for ophørende aktivitet.</t>
-[...1 lines deleted...]
-  <si>
     <t>Revenue</t>
   </si>
   <si>
     <t>Gross profit</t>
   </si>
   <si>
     <t>Operating profit/loss (EBIT) after special items</t>
   </si>
   <si>
     <t>Profit/loss for the year from continuing operations</t>
   </si>
   <si>
     <t>Profit/loss for the year from discontinuing operations</t>
   </si>
   <si>
     <t>Of which investment in property, plant and equipment</t>
   </si>
   <si>
     <t>Working capital, % of revenue</t>
   </si>
   <si>
     <t>Net special items</t>
   </si>
   <si>
     <t>Operating profit/loss (EBIT) before special items</t>
@@ -373,70 +282,91 @@
   <si>
     <t>Profit/loss for the year from continuing operations before tax</t>
   </si>
   <si>
     <t>Net financial income</t>
   </si>
   <si>
     <t>Cash and cash equivalents</t>
   </si>
   <si>
     <t>Cash flow from operating activities</t>
   </si>
   <si>
     <t>Cash flow from investing activities</t>
   </si>
   <si>
     <t>Ratios</t>
   </si>
   <si>
     <t>Revenue growth</t>
   </si>
   <si>
     <t>Employees</t>
   </si>
   <si>
-    <t>The ratios are defined in note 33 to the 2023/24 annual report, Financial ratio definitions and formulas.</t>
-[...1 lines deleted...]
-  <si>
     <t>The staded per share ratios relate to B shares.</t>
+  </si>
+  <si>
+    <t>2024/25</t>
+  </si>
+  <si>
+    <t>217.3</t>
+  </si>
+  <si>
+    <t>236.9</t>
+  </si>
+  <si>
+    <t>33.2</t>
+  </si>
+  <si>
+    <t>53.8</t>
+  </si>
+  <si>
+    <t>* Key figures and ratios for 2020/21-2021/22 have not been restated for discontinued operations.</t>
+  </si>
+  <si>
+    <t>The ratios are defined in note 33 to the 2024/25 annual report, Financial ratio definitions and formulas.</t>
+  </si>
+  <si>
+    <t>Proposed dividend (% of nominal value)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="9">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.0"/>
     <numFmt numFmtId="165" formatCode="_-* #,##0.0\ _k_r_._-;\-* #,##0.0\ _k_r_._-;_-* &quot;-&quot;?\ _k_r_._-;_-@_-"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="_-* #,##0.0_-;\-* #,##0.0_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="168" formatCode="#,##0.0_ ;\-#,##0.0\ "/>
-    <numFmt numFmtId="169" formatCode="_-* #,##0\ _k_r_._-;\-* #,##0\ _k_r_._-;_-* &quot;-&quot;\ _k_r_._-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="#,##0_ ;\-#,##0\ "/>
     <numFmt numFmtId="171" formatCode="0.0%"/>
+    <numFmt numFmtId="173" formatCode="_-* #,##0.0\ _k_r_._-;\-* #,##0.0\ _k_r_._-;_-* &quot;-&quot;??\ _k_r_._-;_-@_-"/>
   </numFmts>
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
@@ -514,118 +444,145 @@
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="49">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="167" fontId="10" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="9" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="171" fontId="5" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="167" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="168" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="8" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="8" fillId="2" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="168" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="170" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="173" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="173" fontId="5" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="173" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="173" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="168" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="7" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="9" fillId="2" borderId="0" xfId="1" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="168" fontId="10" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="170" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="170" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///I:\Finance\Eksterne%20regnskaber\2023_24\Kladde%20taldel%20&#197;rsrapport_EXCEL_%20202324.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Finance/Eksterne%20regnskaber/2023_24/Kladde%20taldel%20&#197;rsrapport_EXCEL_%20202324.xlsx" TargetMode="External"/></Relationships>
@@ -665,365 +622,120 @@
       <sheetName val="Note 19 evt slet"/>
       <sheetName val="Note 20"/>
       <sheetName val="Note 21"/>
       <sheetName val="Note 25 "/>
       <sheetName val="Note 22-23"/>
       <sheetName val="Note 24 "/>
       <sheetName val="Note 24 (gl)"/>
       <sheetName val="Note 25"/>
       <sheetName val="Note 26- 27"/>
       <sheetName val="Note 28"/>
       <sheetName val="Note 29"/>
       <sheetName val="Noter 30"/>
       <sheetName val="Note 31"/>
       <sheetName val="Note 32"/>
       <sheetName val="Note 33InklCSR"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2"/>
       <sheetData sheetId="3">
         <row r="6">
           <cell r="D6">
             <v>245440</v>
           </cell>
-          <cell r="E6">
-[...81 lines deleted...]
-          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5">
         <row r="11">
           <cell r="L11">
             <v>197333.08665751002</v>
           </cell>
-          <cell r="M11">
-[...111 lines deleted...]
-          </cell>
         </row>
       </sheetData>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7">
         <row r="19">
           <cell r="D19">
             <v>56179.094657510032</v>
-          </cell>
-[...41 lines deleted...]
-            <v>21380</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
         <row r="29">
           <cell r="C29">
             <v>182</v>
-          </cell>
-[...1 lines deleted...]
-            <v>193</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="14"/>
       <sheetData sheetId="15"/>
       <sheetData sheetId="16"/>
       <sheetData sheetId="17"/>
       <sheetData sheetId="18"/>
       <sheetData sheetId="19"/>
       <sheetData sheetId="20"/>
       <sheetData sheetId="21"/>
       <sheetData sheetId="22"/>
       <sheetData sheetId="23"/>
       <sheetData sheetId="24"/>
       <sheetData sheetId="25">
         <row r="7">
           <cell r="B7">
             <v>27775</v>
           </cell>
           <cell r="C7">
             <v>27775</v>
           </cell>
         </row>
         <row r="8">
           <cell r="B8">
             <v>1510400</v>
           </cell>
           <cell r="C8">
             <v>1510400</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="26"/>
       <sheetData sheetId="27"/>
       <sheetData sheetId="28"/>
       <sheetData sheetId="29"/>
       <sheetData sheetId="30"/>
       <sheetData sheetId="31"/>
       <sheetData sheetId="32"/>
       <sheetData sheetId="33">
         <row r="41">
           <cell r="C41">
             <v>-30628</v>
-          </cell>
-[...1 lines deleted...]
-            <v>-24814</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="34"/>
       <sheetData sheetId="35"/>
       <sheetData sheetId="36"/>
       <sheetData sheetId="37"/>
       <sheetData sheetId="38"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -1294,2282 +1006,2233 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{782F601D-A5FB-475D-BC22-74114D6DE2A2}">
-  <dimension ref="A1:AO65"/>
+  <dimension ref="A1:AO66"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A25" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane xSplit="2" topLeftCell="C1" activePane="topRight" state="frozen"/>
       <selection activeCell="G33" sqref="G33"/>
-      <selection pane="topRight" activeCell="J17" sqref="J17"/>
+      <selection pane="topRight" activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.375" style="1" customWidth="1"/>
     <col min="2" max="2" width="59.25" style="1" customWidth="1"/>
-    <col min="3" max="7" width="11" style="1"/>
-[...1 lines deleted...]
-    <col min="9" max="25" width="11" style="1"/>
+    <col min="3" max="25" width="11" style="1"/>
     <col min="26" max="26" width="49.5" style="1" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="5.875" style="1" bestFit="1" customWidth="1"/>
     <col min="28" max="34" width="11" style="1"/>
     <col min="35" max="35" width="38.75" style="1" bestFit="1" customWidth="1"/>
     <col min="36" max="16384" width="11" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:35" ht="35.25" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A1" s="21"/>
       <c r="B1" s="18" t="s">
         <v>33</v>
       </c>
       <c r="C1" s="20"/>
       <c r="D1" s="20"/>
       <c r="E1" s="20"/>
       <c r="F1" s="20"/>
       <c r="G1" s="20"/>
       <c r="H1" s="20"/>
     </row>
     <row r="2" spans="1:35" ht="15" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A2" s="20"/>
       <c r="B2" s="19"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
       <c r="G2" s="22"/>
       <c r="H2" s="22"/>
     </row>
     <row r="3" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A3" s="20"/>
       <c r="B3" s="23"/>
       <c r="C3" s="23" t="s">
         <v>1</v>
       </c>
       <c r="D3" s="24" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" s="24" t="s">
         <v>40</v>
       </c>
-      <c r="E3" s="24" t="s">
+      <c r="F3" s="24" t="s">
         <v>39</v>
       </c>
-      <c r="F3" s="25" t="s">
+      <c r="G3" s="25" t="s">
         <v>42</v>
       </c>
-      <c r="G3" s="25" t="s">
+      <c r="H3" s="25" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="Z3" s="2"/>
       <c r="AA3" s="2" t="s">
         <v>41</v>
       </c>
       <c r="AB3" s="3" t="s">
         <v>40</v>
       </c>
       <c r="AC3" s="3" t="s">
         <v>39</v>
       </c>
       <c r="AD3" s="3" t="s">
         <v>38</v>
       </c>
       <c r="AE3" s="3" t="s">
         <v>37</v>
       </c>
       <c r="AF3" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A4" s="20"/>
       <c r="B4" s="26"/>
       <c r="C4" s="26"/>
-      <c r="D4" s="27"/>
-      <c r="E4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="27"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="Z4" s="4"/>
       <c r="AA4" s="4"/>
       <c r="AB4" s="4"/>
       <c r="AC4" s="4"/>
       <c r="AD4" s="4"/>
       <c r="AE4" s="4"/>
       <c r="AF4" s="4"/>
     </row>
     <row r="5" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A5" s="20"/>
       <c r="B5" s="26" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="26"/>
-      <c r="D5" s="28"/>
-      <c r="E5" s="29"/>
+      <c r="D5" s="26"/>
+      <c r="E5" s="28"/>
       <c r="F5" s="29"/>
-      <c r="G5" s="30"/>
+      <c r="G5" s="29"/>
       <c r="H5" s="30"/>
       <c r="AH5" s="7"/>
       <c r="AI5" s="7"/>
     </row>
     <row r="6" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A6" s="20"/>
       <c r="B6" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D6" s="32">
-[...2 lines deleted...]
-      <c r="E6" s="33">
+      <c r="D6" s="44" t="s">
+        <v>69</v>
+      </c>
+      <c r="E6" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="F6" s="33">
         <f>308.7-106</f>
         <v>202.7</v>
       </c>
-      <c r="F6" s="33">
+      <c r="G6" s="33">
         <v>415.4</v>
       </c>
-      <c r="G6" s="33">
+      <c r="H6" s="33">
         <v>301.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>242.4</v>
       </c>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="8"/>
       <c r="N6" s="8"/>
       <c r="O6" s="8"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="8"/>
       <c r="U6" s="8"/>
       <c r="V6" s="8"/>
       <c r="W6" s="8"/>
       <c r="X6" s="8"/>
       <c r="Y6" s="8"/>
       <c r="AH6" s="7"/>
       <c r="AI6" s="7"/>
     </row>
     <row r="7" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A7" s="20"/>
       <c r="B7" s="31" t="s">
         <v>6</v>
       </c>
       <c r="C7" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D7" s="32">
-[...2 lines deleted...]
-      <c r="E7" s="33">
+      <c r="D7" s="44" t="s">
+        <v>71</v>
+      </c>
+      <c r="E7" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="F7" s="33">
         <f>71.3-10.2</f>
         <v>61.099999999999994</v>
       </c>
-      <c r="F7" s="33">
+      <c r="G7" s="33">
         <v>111.8</v>
       </c>
-      <c r="G7" s="33">
+      <c r="H7" s="33">
         <v>79.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>24.8</v>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="9"/>
       <c r="K7" s="9"/>
       <c r="L7" s="9"/>
       <c r="M7" s="9"/>
       <c r="N7" s="9"/>
       <c r="O7" s="9"/>
       <c r="P7" s="9"/>
       <c r="Q7" s="9"/>
       <c r="R7" s="9"/>
       <c r="S7" s="9"/>
       <c r="T7" s="9"/>
       <c r="U7" s="9"/>
       <c r="V7" s="9"/>
       <c r="W7" s="9"/>
       <c r="X7" s="9"/>
       <c r="Y7" s="9"/>
       <c r="AH7" s="7"/>
       <c r="AI7" s="7"/>
     </row>
     <row r="8" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A8" s="20"/>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
-      <c r="D8" s="34"/>
-[...3 lines deleted...]
-      <c r="H8" s="35"/>
+      <c r="D8" s="45"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="33"/>
+      <c r="G8" s="33"/>
+      <c r="H8" s="33"/>
       <c r="I8" s="9"/>
       <c r="J8" s="9"/>
       <c r="K8" s="9"/>
       <c r="L8" s="9"/>
       <c r="M8" s="9"/>
       <c r="N8" s="9"/>
       <c r="O8" s="9"/>
       <c r="P8" s="9"/>
       <c r="Q8" s="9"/>
       <c r="R8" s="9"/>
       <c r="S8" s="9"/>
       <c r="T8" s="9"/>
       <c r="U8" s="9"/>
       <c r="V8" s="9"/>
       <c r="W8" s="9"/>
       <c r="X8" s="9"/>
       <c r="Y8" s="9"/>
       <c r="AH8" s="7"/>
       <c r="AI8" s="7"/>
     </row>
     <row r="9" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A9" s="20"/>
       <c r="B9" s="26" t="s">
         <v>7</v>
       </c>
       <c r="C9" s="26"/>
-      <c r="D9" s="34"/>
-[...2 lines deleted...]
-      <c r="G9" s="35"/>
+      <c r="D9" s="45"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="33"/>
+      <c r="G9" s="33"/>
       <c r="H9" s="33"/>
       <c r="AH9" s="7"/>
       <c r="AI9" s="7"/>
     </row>
     <row r="10" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A10" s="20"/>
       <c r="B10" s="31" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C10" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D10" s="32">
-[...5 lines deleted...]
-        <v>245.01499999999999</v>
+      <c r="D10" s="44">
+        <v>236.9</v>
+      </c>
+      <c r="E10" s="32">
+        <v>245.4</v>
       </c>
       <c r="F10" s="33">
-        <f>380.859</f>
-        <v>380.85899999999998</v>
+        <v>245</v>
       </c>
       <c r="G10" s="33">
+        <v>380.9</v>
+      </c>
+      <c r="H10" s="33">
         <f>249.9</f>
         <v>249.9</v>
-      </c>
-[...2 lines deleted...]
-        <v>254.6</v>
       </c>
       <c r="I10" s="10"/>
       <c r="J10" s="10"/>
       <c r="K10" s="10"/>
       <c r="L10" s="10"/>
       <c r="M10" s="10"/>
       <c r="N10" s="10"/>
       <c r="O10" s="10"/>
       <c r="P10" s="10"/>
       <c r="Q10" s="10"/>
       <c r="R10" s="10"/>
       <c r="S10" s="10"/>
       <c r="T10" s="10"/>
       <c r="U10" s="10"/>
       <c r="V10" s="10"/>
       <c r="W10" s="10"/>
       <c r="X10" s="10"/>
       <c r="Y10" s="10"/>
     </row>
     <row r="11" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A11" s="20"/>
       <c r="B11" s="31" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C11" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="32">
-        <f>+[1]Resultatopgørelse!D8/1000</f>
+      <c r="D11" s="44">
+        <v>146.30000000000001</v>
+      </c>
+      <c r="E11" s="32">
         <v>149.30099999999999</v>
       </c>
-      <c r="E11" s="33">
-[...2 lines deleted...]
-      </c>
       <c r="F11" s="33">
-        <v>181.15</v>
+        <v>127.5</v>
       </c>
       <c r="G11" s="33">
+        <v>181.2</v>
+      </c>
+      <c r="H11" s="33">
         <v>116.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>131.1</v>
       </c>
       <c r="I11" s="10"/>
       <c r="J11" s="10"/>
       <c r="K11" s="10"/>
       <c r="L11" s="10"/>
       <c r="M11" s="10"/>
       <c r="N11" s="10"/>
       <c r="O11" s="10"/>
       <c r="P11" s="10"/>
       <c r="Q11" s="10"/>
       <c r="R11" s="10"/>
       <c r="S11" s="10"/>
       <c r="T11" s="10"/>
       <c r="U11" s="10"/>
       <c r="V11" s="10"/>
       <c r="W11" s="10"/>
       <c r="X11" s="10"/>
       <c r="Y11" s="10"/>
     </row>
     <row r="12" spans="1:35" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="20"/>
-      <c r="B12" s="36" t="s">
-        <v>60</v>
+      <c r="B12" s="34" t="s">
+        <v>58</v>
       </c>
       <c r="C12" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D12" s="32">
-        <f>+[1]Resultatopgørelse!D14/1000</f>
+      <c r="D12" s="44">
+        <v>45.3</v>
+      </c>
+      <c r="E12" s="32">
         <v>44.881</v>
       </c>
-      <c r="E12" s="33">
-        <f>+[1]Resultatopgørelse!E14/1000</f>
+      <c r="F12" s="33">
         <v>27.312999999999999</v>
       </c>
-      <c r="F12" s="33">
+      <c r="G12" s="33">
         <v>23.416</v>
       </c>
-      <c r="G12" s="33">
+      <c r="H12" s="33">
         <v>-12.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>53.7</v>
       </c>
       <c r="I12" s="10"/>
       <c r="J12" s="10"/>
       <c r="K12" s="10"/>
       <c r="L12" s="10"/>
       <c r="M12" s="10"/>
       <c r="N12" s="10"/>
       <c r="O12" s="10"/>
       <c r="P12" s="10"/>
       <c r="Q12" s="10"/>
       <c r="R12" s="10"/>
       <c r="S12" s="10"/>
       <c r="T12" s="10"/>
       <c r="U12" s="10"/>
       <c r="V12" s="10"/>
       <c r="W12" s="10"/>
       <c r="X12" s="10"/>
       <c r="Y12" s="10"/>
     </row>
     <row r="13" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A13" s="20"/>
       <c r="B13" s="31" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="C13" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D13" s="32">
-        <f>+[1]Resultatopgørelse!D17/1000</f>
+      <c r="D13" s="44">
+        <v>31.6</v>
+      </c>
+      <c r="E13" s="32">
         <v>29.251000000000001</v>
       </c>
-      <c r="E13" s="33">
-        <f>+[1]Resultatopgørelse!E17/1000</f>
+      <c r="F13" s="33">
         <v>9.9629999999999992</v>
       </c>
-      <c r="F13" s="33">
+      <c r="G13" s="33">
         <v>-3.8290000000000002</v>
       </c>
-      <c r="G13" s="33">
+      <c r="H13" s="33">
         <v>-32.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>35.799999999999997</v>
       </c>
       <c r="I13" s="10"/>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="10"/>
       <c r="M13" s="10"/>
       <c r="N13" s="10"/>
       <c r="O13" s="10"/>
       <c r="P13" s="10"/>
       <c r="Q13" s="10"/>
       <c r="R13" s="10"/>
       <c r="S13" s="10"/>
       <c r="T13" s="10"/>
       <c r="U13" s="10"/>
       <c r="V13" s="10"/>
       <c r="W13" s="10"/>
       <c r="X13" s="10"/>
       <c r="Y13" s="10"/>
     </row>
     <row r="14" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A14" s="20"/>
       <c r="B14" s="31" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C14" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="37">
-[...4 lines deleted...]
-        <f>+[1]Resultatopgørelse!E19/1000</f>
+      <c r="D14" s="44">
+        <v>-3.9</v>
+      </c>
+      <c r="E14" s="47" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" s="33">
         <v>17.911999999999999</v>
       </c>
-      <c r="F14" s="33">
+      <c r="G14" s="33">
         <v>-6.782</v>
       </c>
-      <c r="G14" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H14" s="38" t="s">
+      <c r="H14" s="35" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="10"/>
       <c r="J14" s="10"/>
       <c r="K14" s="10"/>
       <c r="L14" s="10"/>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
       <c r="P14" s="10"/>
       <c r="Q14" s="10"/>
       <c r="R14" s="10"/>
       <c r="S14" s="10"/>
       <c r="T14" s="10"/>
       <c r="U14" s="10"/>
       <c r="V14" s="10"/>
       <c r="W14" s="10"/>
       <c r="X14" s="10"/>
       <c r="Y14" s="10"/>
       <c r="AH14" s="7"/>
       <c r="AI14" s="7"/>
     </row>
     <row r="15" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A15" s="20"/>
       <c r="B15" s="31" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C15" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D15" s="32">
-        <f>+D13+D14</f>
+      <c r="D15" s="44">
+        <v>27.7</v>
+      </c>
+      <c r="E15" s="32">
         <v>29.251000000000001</v>
       </c>
-      <c r="E15" s="33">
-        <f>+E13+E14</f>
+      <c r="F15" s="33">
         <v>27.875</v>
       </c>
-      <c r="F15" s="33">
+      <c r="G15" s="33">
         <v>-10.611000000000001</v>
-      </c>
-[...2 lines deleted...]
-        <v>-32.9</v>
       </c>
       <c r="H15" s="33">
         <f>+H13</f>
-        <v>35.799999999999997</v>
+        <v>-32.9</v>
       </c>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="10"/>
       <c r="N15" s="10"/>
       <c r="O15" s="10"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
       <c r="R15" s="10"/>
       <c r="S15" s="10"/>
       <c r="T15" s="10"/>
       <c r="U15" s="10"/>
       <c r="V15" s="10"/>
       <c r="W15" s="10"/>
       <c r="X15" s="10"/>
       <c r="Y15" s="10"/>
       <c r="AH15" s="7"/>
       <c r="AI15" s="7"/>
     </row>
     <row r="16" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A16" s="20"/>
       <c r="B16" s="31" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C16" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D16" s="32">
-        <f>+([1]Resultatopgørelse!D22+[1]Resultatopgørelse!D23)/1000</f>
+      <c r="D16" s="44">
+        <v>-0.2</v>
+      </c>
+      <c r="E16" s="32">
         <v>-2.0329133424899752</v>
       </c>
-      <c r="E16" s="33">
-        <f>+([1]Resultatopgørelse!E22+[1]Resultatopgørelse!E23)/1000</f>
+      <c r="F16" s="33">
         <v>-3.323</v>
       </c>
-      <c r="F16" s="33">
+      <c r="G16" s="33">
         <v>9.2579999999999991</v>
       </c>
-      <c r="G16" s="33">
+      <c r="H16" s="33">
         <v>3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="I16" s="10"/>
       <c r="J16" s="10"/>
       <c r="K16" s="10"/>
       <c r="L16" s="10"/>
       <c r="M16" s="10"/>
       <c r="N16" s="10"/>
       <c r="O16" s="10"/>
       <c r="P16" s="10"/>
       <c r="Q16" s="10"/>
       <c r="R16" s="10"/>
       <c r="S16" s="10"/>
       <c r="T16" s="10"/>
       <c r="U16" s="10"/>
       <c r="V16" s="10"/>
       <c r="W16" s="10"/>
       <c r="X16" s="10"/>
       <c r="Y16" s="10"/>
       <c r="AH16" s="7"/>
       <c r="AI16" s="7"/>
     </row>
     <row r="17" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A17" s="20"/>
       <c r="B17" s="31" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="C17" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D17" s="32">
-        <f>+[1]Resultatopgørelse!D24/1000</f>
+      <c r="D17" s="44">
+        <v>27.5</v>
+      </c>
+      <c r="E17" s="32">
         <v>27.218086657510025</v>
       </c>
-      <c r="E17" s="33">
-        <f>+[1]Resultatopgørelse!E24/1000</f>
+      <c r="F17" s="33">
         <v>24.552</v>
       </c>
-      <c r="F17" s="33">
+      <c r="G17" s="33">
         <f>-1.353</f>
         <v>-1.353</v>
       </c>
-      <c r="G17" s="33">
+      <c r="H17" s="33">
         <f>-29.3</f>
         <v>-29.3</v>
-      </c>
-[...2 lines deleted...]
-        <v>35.799999999999997</v>
       </c>
       <c r="I17" s="10"/>
       <c r="J17" s="10"/>
       <c r="K17" s="10"/>
       <c r="L17" s="10"/>
       <c r="M17" s="10"/>
       <c r="N17" s="10"/>
       <c r="O17" s="10"/>
       <c r="P17" s="10"/>
       <c r="Q17" s="10"/>
       <c r="R17" s="10"/>
       <c r="S17" s="10"/>
       <c r="T17" s="10"/>
       <c r="U17" s="10"/>
       <c r="V17" s="10"/>
       <c r="W17" s="10"/>
       <c r="X17" s="10"/>
       <c r="Y17" s="10"/>
       <c r="AH17" s="7"/>
       <c r="AI17" s="7"/>
     </row>
     <row r="18" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A18" s="20"/>
       <c r="B18" s="31" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C18" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D18" s="32">
-        <f>+[1]Resultatopgørelse!D28/1000</f>
+      <c r="D18" s="44">
+        <v>21.1</v>
+      </c>
+      <c r="E18" s="32">
         <v>20.998086657510026</v>
       </c>
-      <c r="E18" s="33">
-        <f>+[1]Resultatopgørelse!E28/1000</f>
+      <c r="F18" s="33">
         <v>20.204999999999998</v>
       </c>
-      <c r="F18" s="33">
+      <c r="G18" s="33">
         <f>-1.8</f>
         <v>-1.8</v>
       </c>
-      <c r="G18" s="33">
+      <c r="H18" s="33">
         <f>-20.8</f>
         <v>-20.8</v>
-      </c>
-[...2 lines deleted...]
-        <v>24</v>
       </c>
       <c r="I18" s="10"/>
       <c r="J18" s="10"/>
       <c r="K18" s="10"/>
       <c r="L18" s="10"/>
       <c r="M18" s="10"/>
       <c r="N18" s="10"/>
       <c r="O18" s="10"/>
       <c r="P18" s="10"/>
       <c r="Q18" s="10"/>
       <c r="R18" s="10"/>
       <c r="S18" s="10"/>
       <c r="T18" s="10"/>
       <c r="U18" s="10"/>
       <c r="V18" s="10"/>
       <c r="W18" s="10"/>
       <c r="X18" s="10"/>
       <c r="Y18" s="10"/>
       <c r="AH18" s="7"/>
       <c r="AI18" s="7"/>
     </row>
     <row r="19" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A19" s="20"/>
       <c r="B19" s="31" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C19" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D19" s="32">
-        <f>+'[1]Note 28'!C41/1000</f>
+      <c r="D19" s="44">
+        <v>-49.6</v>
+      </c>
+      <c r="E19" s="32">
         <v>-30.628</v>
       </c>
-      <c r="E19" s="33">
-        <f>+'[1]Note 28'!D41/1000</f>
+      <c r="F19" s="33">
         <v>-24.814</v>
       </c>
-      <c r="F19" s="38" t="s">
+      <c r="G19" s="35" t="s">
         <v>34</v>
       </c>
-      <c r="G19" s="38" t="s">
-[...2 lines deleted...]
-      <c r="H19" s="38" t="s">
+      <c r="H19" s="35" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
       <c r="R19" s="10"/>
       <c r="S19" s="10"/>
       <c r="T19" s="10"/>
       <c r="U19" s="10"/>
       <c r="V19" s="10"/>
       <c r="W19" s="10"/>
       <c r="X19" s="10"/>
       <c r="Y19" s="10"/>
       <c r="AH19" s="7"/>
       <c r="AI19" s="7"/>
     </row>
     <row r="20" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A20" s="20"/>
       <c r="B20" s="31" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D20" s="32">
-        <f>+[1]Resultatopgørelse!D32/1000</f>
+      <c r="D20" s="44">
+        <v>-28.5</v>
+      </c>
+      <c r="E20" s="32">
         <v>-9.6299133424899743</v>
       </c>
-      <c r="E20" s="33">
-        <f>+[1]Resultatopgørelse!E32/1000</f>
+      <c r="F20" s="33">
         <v>-4.609</v>
       </c>
-      <c r="F20" s="33">
-        <f>+F18</f>
+      <c r="G20" s="33">
+        <f>+G18</f>
         <v>-1.8</v>
       </c>
-      <c r="G20" s="33">
-        <f t="shared" ref="G20:H20" si="0">+G18</f>
+      <c r="H20" s="33">
+        <f t="shared" ref="H20" si="0">+H18</f>
         <v>-20.8</v>
-      </c>
-[...2 lines deleted...]
-        <v>24</v>
       </c>
       <c r="AH20" s="7"/>
       <c r="AI20" s="7"/>
     </row>
     <row r="21" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A21" s="20"/>
       <c r="B21" s="26"/>
       <c r="C21" s="26"/>
-      <c r="D21" s="39"/>
-[...3 lines deleted...]
-      <c r="H21" s="40"/>
+      <c r="D21" s="44"/>
+      <c r="E21" s="48"/>
+      <c r="F21" s="49"/>
+      <c r="G21" s="49"/>
+      <c r="H21" s="49"/>
       <c r="AH21" s="7"/>
       <c r="AI21" s="7"/>
     </row>
     <row r="22" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A22" s="20"/>
       <c r="B22" s="26" t="s">
         <v>9</v>
       </c>
       <c r="C22" s="26"/>
-      <c r="D22" s="40"/>
-[...3 lines deleted...]
-      <c r="H22" s="40"/>
+      <c r="D22" s="44"/>
+      <c r="E22" s="49"/>
+      <c r="F22" s="49"/>
+      <c r="G22" s="49"/>
+      <c r="H22" s="49"/>
       <c r="AH22" s="7"/>
       <c r="AI22" s="7"/>
     </row>
     <row r="23" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A23" s="20"/>
-      <c r="B23" s="41" t="s">
-        <v>63</v>
+      <c r="B23" s="36" t="s">
+        <v>61</v>
       </c>
       <c r="C23" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D23" s="35">
-        <f>+([1]Balance!D37)/1000</f>
+      <c r="D23" s="44">
+        <v>35.200000000000003</v>
+      </c>
+      <c r="E23" s="33">
         <v>17.904</v>
       </c>
-      <c r="E23" s="42">
-        <f>+([1]Balance!E37)/1000</f>
+      <c r="F23" s="32">
         <v>33.234999999999999</v>
       </c>
-      <c r="F23" s="35">
+      <c r="G23" s="33">
         <v>11.884</v>
       </c>
-      <c r="G23" s="35">
+      <c r="H23" s="33">
         <v>45.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>83.4</v>
       </c>
       <c r="AH23" s="7"/>
       <c r="AI23" s="7"/>
     </row>
     <row r="24" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A24" s="20"/>
       <c r="B24" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C24" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D24" s="35">
-        <f>+[1]Balance!D43/1000</f>
+      <c r="D24" s="44">
+        <v>236.2</v>
+      </c>
+      <c r="E24" s="33">
         <v>276.47000000000003</v>
       </c>
-      <c r="E24" s="42">
-        <f>+[1]Balance!E43/1000</f>
+      <c r="F24" s="32">
         <v>368.05200800000006</v>
       </c>
-      <c r="F24" s="35">
+      <c r="G24" s="33">
         <v>373.101</v>
       </c>
-      <c r="G24" s="35">
+      <c r="H24" s="33">
         <v>279.8</v>
       </c>
-      <c r="H24" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="AH24" s="14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AI24" s="7"/>
     </row>
     <row r="25" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A25" s="20"/>
       <c r="B25" s="31" t="s">
         <v>11</v>
       </c>
       <c r="C25" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D25" s="35">
-        <f>+([1]Balance!D28+[1]Balance!D30+[1]Balance!D33+[1]Balance!D34-[1]Balance!L22-[1]Balance!L23-[1]Balance!L24-[1]Balance!L26)/1000</f>
+      <c r="D25" s="44">
+        <v>59.4</v>
+      </c>
+      <c r="E25" s="33">
         <v>76.543000000000006</v>
       </c>
-      <c r="E25" s="42">
-        <f>+([1]Balance!E28+[1]Balance!E30+[1]Balance!E33+[1]Balance!E34-[1]Balance!M22-[1]Balance!M23-[1]Balance!M24-[1]Balance!M26)/1000</f>
+      <c r="F25" s="32">
         <v>141.105008</v>
       </c>
-      <c r="F25" s="35">
+      <c r="G25" s="33">
         <v>155.916</v>
       </c>
-      <c r="G25" s="35">
+      <c r="H25" s="33">
         <v>100.2</v>
       </c>
-      <c r="H25" s="35">
-[...1 lines deleted...]
-      </c>
       <c r="AH25" s="14" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="AI25" s="7"/>
     </row>
     <row r="26" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A26" s="20"/>
       <c r="B26" s="31" t="s">
         <v>12</v>
       </c>
       <c r="C26" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D26" s="35">
-        <f>+G26</f>
+      <c r="D26" s="44">
         <v>35.799999999999997</v>
       </c>
-      <c r="E26" s="42">
-        <f>+H26</f>
+      <c r="E26" s="33">
         <v>35.799999999999997</v>
       </c>
-      <c r="F26" s="35">
+      <c r="F26" s="32">
         <v>35.799999999999997</v>
       </c>
-      <c r="G26" s="35">
+      <c r="G26" s="33">
         <v>35.799999999999997</v>
       </c>
-      <c r="H26" s="35">
+      <c r="H26" s="33">
         <v>35.799999999999997</v>
       </c>
       <c r="AH26" s="7"/>
       <c r="AI26" s="7"/>
     </row>
     <row r="27" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A27" s="20"/>
       <c r="B27" s="31" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D27" s="35">
-        <f>+([1]Balance!L11+[1]Balance!L13+[1]Balance!L25-[1]Balance!D23-[1]Balance!D32-[1]Balance!D37)/1000</f>
+      <c r="D27" s="44">
+        <v>148.6</v>
+      </c>
+      <c r="E27" s="33">
         <v>189.70108665751002</v>
       </c>
-      <c r="E27" s="42">
-        <f>+([1]Balance!M11+[1]Balance!M13+[1]Balance!M25-[1]Balance!E23-[1]Balance!E32-[1]Balance!E37)/1000</f>
+      <c r="F27" s="32">
         <v>174.136</v>
       </c>
-      <c r="F27" s="35">
+      <c r="G27" s="33">
         <v>206.48599999999999</v>
       </c>
-      <c r="G27" s="35">
+      <c r="H27" s="33">
         <v>167.5</v>
-      </c>
-[...1 lines deleted...]
-        <v>159.5</v>
       </c>
       <c r="AH27" s="7"/>
       <c r="AI27" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ27" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AK27" s="15">
-        <f>G20/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000000)</f>
+        <f>H20/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000000)</f>
         <v>-11.632133769538351</v>
       </c>
-      <c r="AL27" s="15">
-[...1 lines deleted...]
-        <v>13.521692811005789</v>
+      <c r="AL27" s="15" t="e">
+        <f>#REF!/((('[1]Note 20'!C7*10)+'[1]Note 20'!C8)/1000000)+0.1</f>
+        <v>#REF!</v>
       </c>
       <c r="AM27" s="6">
         <v>-8.1999999999999993</v>
       </c>
       <c r="AN27" s="6">
         <v>8.1</v>
       </c>
       <c r="AO27" s="7">
         <v>11.3</v>
       </c>
     </row>
     <row r="28" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A28" s="20"/>
       <c r="B28" s="31" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D28" s="35">
-        <f>+[1]Balance!L11/1000</f>
+      <c r="D28" s="44">
+        <v>177.8</v>
+      </c>
+      <c r="E28" s="33">
         <v>197.33308665751002</v>
       </c>
-      <c r="E28" s="42">
-        <f>+[1]Balance!M11/1000</f>
+      <c r="F28" s="32">
         <v>209.61500000000001</v>
       </c>
-      <c r="F28" s="35">
+      <c r="G28" s="33">
         <v>218.839</v>
       </c>
-      <c r="G28" s="35">
+      <c r="H28" s="33">
         <v>217.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>238.2</v>
       </c>
       <c r="AH28" s="7"/>
       <c r="AI28" s="7" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="AJ28" s="7" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AK28" s="5">
         <v>-12.099844188220629</v>
       </c>
       <c r="AL28" s="5">
         <f>13.0307659849163+0.1</f>
         <v>13.1307659849163</v>
       </c>
       <c r="AM28" s="5">
         <f>-19.6341463414634-0.1</f>
         <v>-19.734146341463401</v>
       </c>
       <c r="AN28" s="5">
         <f>32.2222222222222-0.1</f>
         <v>32.122222222222199</v>
       </c>
       <c r="AO28" s="5">
         <v>36.150442477876105</v>
       </c>
     </row>
     <row r="29" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A29" s="20"/>
       <c r="B29" s="26"/>
       <c r="C29" s="26"/>
-      <c r="D29" s="40"/>
-[...3 lines deleted...]
-      <c r="H29" s="40"/>
+      <c r="D29" s="44"/>
+      <c r="E29" s="49"/>
+      <c r="F29" s="48"/>
+      <c r="G29" s="49"/>
+      <c r="H29" s="49"/>
       <c r="AH29" s="7"/>
       <c r="AI29" s="7"/>
     </row>
     <row r="30" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A30" s="20"/>
       <c r="B30" s="26" t="s">
         <v>15</v>
       </c>
       <c r="C30" s="26"/>
-      <c r="D30" s="40"/>
-[...3 lines deleted...]
-      <c r="H30" s="40"/>
+      <c r="D30" s="44"/>
+      <c r="E30" s="49"/>
+      <c r="F30" s="48"/>
+      <c r="G30" s="49"/>
+      <c r="H30" s="49"/>
     </row>
     <row r="31" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A31" s="20"/>
       <c r="B31" s="31" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="C31" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D31" s="35">
-        <f>+[1]Pengestrømsopgørelse!D19/1000</f>
+      <c r="D31" s="44">
+        <v>31.4</v>
+      </c>
+      <c r="E31" s="33">
         <v>56.179094657510035</v>
       </c>
-      <c r="E31" s="42">
-        <f>+[1]Pengestrømsopgørelse!E19/1000</f>
+      <c r="F31" s="32">
         <v>17.779</v>
       </c>
-      <c r="F31" s="35">
+      <c r="G31" s="33">
         <v>-27.036999999999999</v>
       </c>
-      <c r="G31" s="35">
+      <c r="H31" s="33">
         <v>-42.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>65.599999999999994</v>
       </c>
       <c r="AH31" s="7"/>
       <c r="AI31" s="7"/>
     </row>
     <row r="32" spans="1:41" x14ac:dyDescent="0.2">
       <c r="A32" s="20"/>
       <c r="B32" s="31" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C32" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D32" s="35">
-        <f>+[1]Pengestrømsopgørelse!D26/1000</f>
+      <c r="D32" s="44">
+        <v>-12.5</v>
+      </c>
+      <c r="E32" s="33">
         <v>-7.41</v>
       </c>
-      <c r="E32" s="42">
-        <f>+[1]Pengestrømsopgørelse!E26/1000</f>
+      <c r="F32" s="32">
         <v>5.4939999999999998</v>
       </c>
-      <c r="F32" s="35">
+      <c r="G32" s="33">
         <v>-25.221</v>
       </c>
-      <c r="G32" s="35">
+      <c r="H32" s="33">
         <v>21.8</v>
-      </c>
-[...1 lines deleted...]
-        <v>-51.7</v>
       </c>
       <c r="AH32" s="7"/>
       <c r="AI32" s="7"/>
     </row>
     <row r="33" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A33" s="20"/>
       <c r="B33" s="31" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D33" s="33" t="s">
+      <c r="D33" s="44">
+        <v>0</v>
+      </c>
+      <c r="E33" s="33" t="s">
         <v>34</v>
       </c>
-      <c r="E33" s="32" t="s">
+      <c r="F33" s="32" t="s">
         <v>34</v>
       </c>
-      <c r="F33" s="35">
+      <c r="G33" s="33">
         <v>42.345999999999997</v>
       </c>
-      <c r="G33" s="35">
+      <c r="H33" s="33">
         <v>36.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>-25.1</v>
       </c>
       <c r="AH33" s="7"/>
       <c r="AI33" s="7"/>
     </row>
     <row r="34" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A34" s="20"/>
       <c r="B34" s="31" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C34" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D34" s="35">
-        <f>+([1]Pengestrømsopgørelse!D23+[1]Pengestrømsopgørelse!D24)/1000</f>
+      <c r="D34" s="44">
+        <v>-11.5</v>
+      </c>
+      <c r="E34" s="33">
         <v>-7.16</v>
       </c>
-      <c r="E34" s="42">
-        <f>+([1]Pengestrømsopgørelse!E23+[1]Pengestrømsopgørelse!E24)/1000</f>
+      <c r="F34" s="32">
         <v>6.2430000000000003</v>
       </c>
-      <c r="F34" s="35">
+      <c r="G34" s="33">
         <v>-17.948</v>
       </c>
-      <c r="G34" s="35">
+      <c r="H34" s="33">
         <v>-11.1</v>
-      </c>
-[...1 lines deleted...]
-        <v>-23.2</v>
       </c>
       <c r="AC34" s="16"/>
       <c r="AD34" s="16"/>
       <c r="AE34" s="16"/>
       <c r="AF34" s="16"/>
       <c r="AG34" s="13"/>
       <c r="AH34" s="7"/>
       <c r="AI34" s="7"/>
     </row>
     <row r="35" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A35" s="20"/>
       <c r="B35" s="31" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D35" s="35">
-        <f>+[1]Pengestrømsopgørelse!D33/1000</f>
+      <c r="D35" s="44">
+        <v>-5</v>
+      </c>
+      <c r="E35" s="33">
         <v>-60.555999999999997</v>
       </c>
-      <c r="E35" s="42">
-        <f>+[1]Pengestrømsopgørelse!E33/1000</f>
+      <c r="F35" s="32">
         <v>-1.893</v>
       </c>
-      <c r="F35" s="35">
+      <c r="G35" s="33">
         <v>60.524999999999999</v>
       </c>
-      <c r="G35" s="35">
+      <c r="H35" s="33">
         <v>16.899999999999999</v>
-      </c>
-[...1 lines deleted...]
-        <v>-9.3000000000000007</v>
       </c>
       <c r="AG35" s="13"/>
       <c r="AH35" s="7"/>
       <c r="AI35" s="7"/>
     </row>
     <row r="36" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A36" s="20"/>
       <c r="B36" s="31" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D36" s="35">
-        <f>+[1]Resultatopgørelse!D16/1000</f>
+      <c r="D36" s="44">
+        <v>-13.7</v>
+      </c>
+      <c r="E36" s="33">
         <v>-15.63</v>
       </c>
-      <c r="E36" s="42">
-        <f>+[1]Resultatopgørelse!E16/1000</f>
+      <c r="F36" s="32">
         <v>-17.350000000000001</v>
       </c>
-      <c r="F36" s="35">
+      <c r="G36" s="33">
         <v>-27.245000000000001</v>
       </c>
-      <c r="G36" s="35">
+      <c r="H36" s="33">
         <v>-20.3</v>
-      </c>
-[...1 lines deleted...]
-        <v>-17.899999999999999</v>
       </c>
       <c r="AG36" s="13"/>
       <c r="AH36" s="7"/>
       <c r="AI36" s="7"/>
     </row>
     <row r="37" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A37" s="20"/>
       <c r="B37" s="31" t="s">
         <v>18</v>
       </c>
       <c r="C37" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D37" s="35">
-        <f>+[1]Pengestrømsopgørelse!D35/1000</f>
+      <c r="D37" s="44">
+        <v>13.9</v>
+      </c>
+      <c r="E37" s="33">
         <v>-11.786905342489968</v>
       </c>
-      <c r="E37" s="42">
-        <f>+[1]Pengestrømsopgørelse!E35/1000</f>
+      <c r="F37" s="32">
         <v>21.38</v>
       </c>
-      <c r="F37" s="35">
+      <c r="G37" s="33">
         <v>8.2669999999999995</v>
       </c>
-      <c r="G37" s="35">
+      <c r="H37" s="33">
         <v>-3.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>4.5999999999999996</v>
       </c>
       <c r="AG37" s="16"/>
       <c r="AH37" s="7"/>
       <c r="AI37" s="7"/>
     </row>
     <row r="38" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A38" s="20"/>
       <c r="B38" s="20"/>
       <c r="C38" s="20"/>
-      <c r="D38" s="43"/>
-[...3 lines deleted...]
-      <c r="H38" s="43"/>
+      <c r="D38" s="44"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="51"/>
+      <c r="G38" s="50"/>
+      <c r="H38" s="50"/>
       <c r="AB38" s="17"/>
       <c r="AC38" s="17"/>
       <c r="AG38" s="16"/>
     </row>
     <row r="39" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A39" s="20"/>
       <c r="B39" s="26" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="C39" s="26"/>
-      <c r="D39" s="30"/>
-[...3 lines deleted...]
-      <c r="H39" s="30"/>
+      <c r="D39" s="44"/>
+      <c r="E39" s="49"/>
+      <c r="F39" s="49"/>
+      <c r="G39" s="49"/>
+      <c r="H39" s="49"/>
       <c r="I39" s="6"/>
       <c r="J39" s="6"/>
       <c r="K39" s="6"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
       <c r="Q39" s="6"/>
       <c r="R39" s="6"/>
       <c r="S39" s="6"/>
       <c r="T39" s="6"/>
       <c r="U39" s="6"/>
       <c r="V39" s="6"/>
       <c r="W39" s="6"/>
       <c r="X39" s="6"/>
       <c r="Y39" s="6"/>
       <c r="AG39" s="16"/>
     </row>
     <row r="40" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A40" s="20"/>
       <c r="B40" s="31" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C40" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D40" s="35">
-        <f>+D6/D10*100</f>
+      <c r="D40" s="44">
+        <v>91.7</v>
+      </c>
+      <c r="E40" s="33">
         <v>96.520534550195563</v>
       </c>
-      <c r="E40" s="35">
-        <f>+E6/E10*100</f>
+      <c r="F40" s="33">
         <v>82.729628798236845</v>
       </c>
-      <c r="F40" s="35">
-[...3 lines deleted...]
-      <c r="G40" s="35">
+      <c r="G40" s="33">
         <f>+G6/G10*100</f>
+        <v>109.05749540561827</v>
+      </c>
+      <c r="H40" s="33">
+        <f>+H6/H10*100</f>
         <v>120.72829131652661</v>
-      </c>
-[...1 lines deleted...]
-        <v>95.208169677926151</v>
       </c>
       <c r="I40" s="6"/>
       <c r="J40" s="6"/>
       <c r="K40" s="6"/>
       <c r="L40" s="6"/>
       <c r="M40" s="6"/>
       <c r="N40" s="6"/>
       <c r="O40" s="6"/>
       <c r="P40" s="6"/>
       <c r="Q40" s="6"/>
       <c r="R40" s="6"/>
       <c r="S40" s="6"/>
       <c r="T40" s="6"/>
       <c r="U40" s="6"/>
       <c r="V40" s="6"/>
       <c r="W40" s="6"/>
       <c r="X40" s="6"/>
       <c r="Y40" s="6"/>
       <c r="AG40" s="16"/>
     </row>
     <row r="41" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A41" s="20"/>
       <c r="B41" s="31" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C41" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D41" s="35">
-        <f>+(D10-E10)/E10*100</f>
+      <c r="D41" s="44">
+        <v>-3.5</v>
+      </c>
+      <c r="E41" s="33">
         <v>0.17345876783054565</v>
       </c>
-      <c r="E41" s="35">
-        <f>+(E10-F10)/F10*100</f>
+      <c r="F41" s="33">
         <v>-35.66779306777574</v>
       </c>
-      <c r="F41" s="35">
-[...3 lines deleted...]
-      <c r="G41" s="35">
+      <c r="G41" s="33">
         <f>+(G10-H10)/H10*100</f>
-        <v>-1.8460329929300821</v>
-[...2 lines deleted...]
-        <v>-4.7155688622754477</v>
+        <v>52.420968387354925</v>
+      </c>
+      <c r="H41" s="33">
+        <v>-1.8</v>
       </c>
       <c r="I41" s="6"/>
       <c r="J41" s="6"/>
       <c r="K41" s="6"/>
       <c r="L41" s="6"/>
       <c r="M41" s="6"/>
       <c r="N41" s="6"/>
       <c r="O41" s="6"/>
       <c r="P41" s="6"/>
       <c r="Q41" s="6"/>
       <c r="R41" s="6"/>
       <c r="S41" s="6"/>
       <c r="T41" s="6"/>
       <c r="U41" s="6"/>
       <c r="V41" s="6"/>
       <c r="W41" s="6"/>
       <c r="X41" s="6"/>
       <c r="Y41" s="6"/>
       <c r="AG41" s="16"/>
     </row>
     <row r="42" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A42" s="20"/>
       <c r="B42" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C42" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D42" s="35">
-        <f>+D11/D10*100</f>
+      <c r="D42" s="44">
+        <v>61.8</v>
+      </c>
+      <c r="E42" s="33">
         <v>60.829938070404168</v>
       </c>
-      <c r="E42" s="35">
-        <f>+E11/E10*100</f>
+      <c r="F42" s="33">
         <v>52.03110013672633</v>
       </c>
-      <c r="F42" s="35">
-[...3 lines deleted...]
-      <c r="G42" s="35">
+      <c r="G42" s="33">
         <f>+G11/G10*100</f>
+        <v>47.571541086899451</v>
+      </c>
+      <c r="H42" s="33">
+        <f>+H11/H10*100</f>
         <v>46.698679471788715</v>
-      </c>
-[...1 lines deleted...]
-        <v>51.492537313432841</v>
       </c>
       <c r="I42" s="6"/>
       <c r="J42" s="6"/>
       <c r="K42" s="6"/>
       <c r="L42" s="6"/>
       <c r="M42" s="6"/>
       <c r="N42" s="6"/>
       <c r="O42" s="6"/>
       <c r="P42" s="6"/>
       <c r="Q42" s="6"/>
       <c r="R42" s="6"/>
       <c r="S42" s="6"/>
       <c r="T42" s="6"/>
       <c r="U42" s="6"/>
       <c r="V42" s="6"/>
       <c r="W42" s="6"/>
       <c r="X42" s="6"/>
       <c r="Y42" s="6"/>
     </row>
     <row r="43" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A43" s="20"/>
       <c r="B43" s="31" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D43" s="35">
-        <f>+D13/D10*100</f>
+      <c r="D43" s="44">
+        <v>13.3</v>
+      </c>
+      <c r="E43" s="33">
         <v>11.917780312907432</v>
       </c>
-      <c r="E43" s="35">
-        <f>+E13/E10*100</f>
+      <c r="F43" s="33">
         <v>4.0662816562251294</v>
       </c>
-      <c r="F43" s="35">
-[...3 lines deleted...]
-      <c r="G43" s="35">
+      <c r="G43" s="33">
         <f>+G13/G10*100</f>
+        <v>-1.0052507219742717</v>
+      </c>
+      <c r="H43" s="33">
+        <f>+H13/H10*100</f>
         <v>-13.165266106442578</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.061272584446188</v>
       </c>
       <c r="I43" s="6"/>
       <c r="J43" s="6"/>
       <c r="K43" s="6"/>
       <c r="L43" s="6"/>
       <c r="M43" s="6"/>
       <c r="N43" s="6"/>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
       <c r="Q43" s="6"/>
       <c r="R43" s="6"/>
       <c r="S43" s="6"/>
       <c r="T43" s="6"/>
       <c r="U43" s="6"/>
       <c r="V43" s="6"/>
       <c r="W43" s="6"/>
       <c r="X43" s="6"/>
       <c r="Y43" s="6"/>
     </row>
     <row r="44" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A44" s="20"/>
       <c r="B44" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C44" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D44" s="35">
-        <f>+D13/((E27+D27)/2)*100</f>
+      <c r="D44" s="44">
+        <v>18.7</v>
+      </c>
+      <c r="E44" s="33">
         <v>16.079174483680266</v>
       </c>
-      <c r="E44" s="42">
-        <f>+E13/((F27+E27)/2)*100</f>
+      <c r="F44" s="32">
         <v>5.2351151536169747</v>
       </c>
-      <c r="F44" s="35">
-        <f>+F13/((G27+F27)/2)*100</f>
+      <c r="G44" s="33">
+        <f>+G13/((H27+G27)/2)*100</f>
         <v>-2.04767023364511</v>
       </c>
-      <c r="G44" s="35">
-[...4 lines deleted...]
-        <v>22.388993120700434</v>
+      <c r="H44" s="33">
+        <v>-20.100000000000001</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5"/>
       <c r="K44" s="5"/>
       <c r="L44" s="5"/>
       <c r="M44" s="5"/>
       <c r="N44" s="5"/>
       <c r="O44" s="5"/>
       <c r="P44" s="5"/>
       <c r="Q44" s="5"/>
       <c r="R44" s="5"/>
       <c r="S44" s="5"/>
       <c r="T44" s="5"/>
       <c r="U44" s="5"/>
       <c r="V44" s="5"/>
       <c r="W44" s="5"/>
       <c r="X44" s="5"/>
       <c r="Y44" s="5"/>
     </row>
     <row r="45" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A45" s="20"/>
       <c r="B45" s="31" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D45" s="35">
-        <f>+D28/D24*100</f>
+      <c r="D45" s="44">
+        <v>75.3</v>
+      </c>
+      <c r="E45" s="33">
         <v>71.37594916537418</v>
       </c>
-      <c r="E45" s="35">
-        <f>+E28/E24*100</f>
+      <c r="F45" s="33">
         <v>56.952548945202331</v>
       </c>
-      <c r="F45" s="35">
-        <f>+F28/F24*100</f>
+      <c r="G45" s="33">
+        <f>+G28/G24*100</f>
         <v>58.65409098340664</v>
       </c>
-      <c r="G45" s="35">
-        <f>+G28/G24*100</f>
+      <c r="H45" s="33">
+        <f>+H28/H24*100</f>
         <v>77.662616154396005</v>
-      </c>
-[...1 lines deleted...]
-        <v>83.725834797891025</v>
       </c>
       <c r="I45" s="5"/>
       <c r="J45" s="5"/>
       <c r="K45" s="5"/>
       <c r="L45" s="5"/>
       <c r="M45" s="5"/>
       <c r="N45" s="5"/>
       <c r="O45" s="5"/>
       <c r="P45" s="5"/>
       <c r="Q45" s="5"/>
       <c r="R45" s="5"/>
       <c r="S45" s="5"/>
       <c r="T45" s="5"/>
       <c r="U45" s="5"/>
       <c r="V45" s="5"/>
       <c r="W45" s="5"/>
       <c r="X45" s="5"/>
       <c r="Y45" s="5"/>
     </row>
     <row r="46" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A46" s="20"/>
       <c r="B46" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C46" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D46" s="35">
-        <f>D20*100/((D28+E28)/2)</f>
+      <c r="D46" s="44">
+        <v>-15.2</v>
+      </c>
+      <c r="E46" s="33">
         <v>-4.7327478163545553</v>
       </c>
-      <c r="E46" s="35">
-        <f>E20*100/((E28+F28)/2)</f>
+      <c r="F46" s="33">
         <v>-2.1514561656560565</v>
       </c>
-      <c r="F46" s="35">
-        <f>F20*100/((F28+G28)/2)</f>
+      <c r="G46" s="33">
+        <f>G20*100/((G28+H28)/2)</f>
         <v>-0.82542492187123828</v>
       </c>
-      <c r="G46" s="35">
-[...4 lines deleted...]
-        <v>10.568031704095112</v>
+      <c r="H46" s="33">
+        <v>-9.1</v>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5"/>
       <c r="K46" s="5"/>
       <c r="L46" s="5"/>
       <c r="M46" s="5"/>
       <c r="N46" s="5"/>
       <c r="O46" s="5"/>
       <c r="P46" s="5"/>
       <c r="Q46" s="5"/>
       <c r="R46" s="5"/>
       <c r="S46" s="5"/>
       <c r="T46" s="5"/>
       <c r="U46" s="5"/>
       <c r="V46" s="5"/>
       <c r="W46" s="5"/>
       <c r="X46" s="5"/>
       <c r="Y46" s="5"/>
     </row>
     <row r="47" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A47" s="20"/>
       <c r="B47" s="31" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C47" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="D47" s="42">
-        <f>D25/D10*100</f>
+      <c r="D47" s="44">
+        <v>25.1</v>
+      </c>
+      <c r="E47" s="32">
         <v>31.186033246414606</v>
       </c>
-      <c r="E47" s="42">
-        <f>E25/E10*100</f>
+      <c r="F47" s="32">
         <v>57.590354876232077</v>
       </c>
-      <c r="F47" s="42">
-[...3 lines deleted...]
-      <c r="G47" s="42">
+      <c r="G47" s="32">
         <f>G25/G10*100</f>
+        <v>40.933578367025468</v>
+      </c>
+      <c r="H47" s="32">
+        <f>H25/H10*100</f>
         <v>40.096038415366145</v>
-      </c>
-[...1 lines deleted...]
-        <v>29.047368421052635</v>
       </c>
       <c r="I47" s="6"/>
       <c r="J47" s="6"/>
       <c r="K47" s="6"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
       <c r="Q47" s="6"/>
       <c r="R47" s="6"/>
       <c r="S47" s="6"/>
       <c r="T47" s="6"/>
       <c r="U47" s="6"/>
       <c r="V47" s="6"/>
       <c r="W47" s="6"/>
       <c r="X47" s="6"/>
       <c r="Y47" s="6"/>
     </row>
     <row r="48" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A48" s="20"/>
       <c r="B48" s="20"/>
       <c r="C48" s="20"/>
-      <c r="D48" s="42"/>
-[...3 lines deleted...]
-      <c r="H48" s="42"/>
+      <c r="D48" s="44"/>
+      <c r="E48" s="32"/>
+      <c r="F48" s="32"/>
+      <c r="G48" s="32"/>
+      <c r="H48" s="32"/>
       <c r="I48" s="6"/>
       <c r="J48" s="6"/>
       <c r="K48" s="6"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
       <c r="X48" s="6"/>
       <c r="Y48" s="6"/>
     </row>
     <row r="49" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A49" s="20"/>
       <c r="B49" s="26" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="C49" s="20"/>
-      <c r="D49" s="42"/>
-[...3 lines deleted...]
-      <c r="H49" s="42"/>
+      <c r="D49" s="44"/>
+      <c r="E49" s="32"/>
+      <c r="F49" s="32"/>
+      <c r="G49" s="32"/>
+      <c r="H49" s="32"/>
       <c r="I49" s="6"/>
       <c r="J49" s="6"/>
       <c r="K49" s="6"/>
       <c r="L49" s="6"/>
       <c r="M49" s="6"/>
       <c r="N49" s="6"/>
       <c r="O49" s="6"/>
       <c r="P49" s="6"/>
       <c r="Q49" s="6"/>
       <c r="R49" s="6"/>
       <c r="S49" s="6"/>
       <c r="T49" s="6"/>
       <c r="U49" s="6"/>
       <c r="V49" s="6"/>
       <c r="W49" s="6"/>
       <c r="X49" s="6"/>
       <c r="Y49" s="6"/>
     </row>
     <row r="50" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A50" s="20"/>
       <c r="B50" s="31" t="s">
         <v>24</v>
       </c>
       <c r="C50" s="31" t="s">
         <v>3</v>
       </c>
-      <c r="D50" s="45">
-        <f>+'[1]Note 8'!C29</f>
+      <c r="D50" s="52">
+        <v>176</v>
+      </c>
+      <c r="E50" s="53">
         <v>182</v>
       </c>
-      <c r="E50" s="45">
-        <f>+'[1]Note 8'!D29</f>
+      <c r="F50" s="53">
         <v>193</v>
       </c>
-      <c r="F50" s="45">
+      <c r="G50" s="53">
         <v>279</v>
       </c>
-      <c r="G50" s="45">
+      <c r="H50" s="53">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="I50" s="11"/>
       <c r="J50" s="11"/>
       <c r="K50" s="11"/>
       <c r="L50" s="11"/>
       <c r="M50" s="11"/>
       <c r="N50" s="11"/>
       <c r="O50" s="11"/>
       <c r="P50" s="11"/>
       <c r="Q50" s="11"/>
       <c r="R50" s="11"/>
       <c r="S50" s="11"/>
       <c r="T50" s="11"/>
       <c r="U50" s="11"/>
       <c r="V50" s="11"/>
       <c r="W50" s="11"/>
       <c r="X50" s="11"/>
       <c r="Y50" s="11"/>
     </row>
     <row r="51" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A51" s="20"/>
       <c r="B51" s="31" t="s">
         <v>25</v>
       </c>
       <c r="C51" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D51" s="42">
-        <f>+D11/D50</f>
+      <c r="D51" s="44">
+        <v>0.8</v>
+      </c>
+      <c r="E51" s="32">
         <v>0.82033516483516478</v>
       </c>
-      <c r="E51" s="42">
-        <f>+E11/E50</f>
+      <c r="F51" s="32">
         <v>0.66053886010362695</v>
       </c>
-      <c r="F51" s="42">
+      <c r="G51" s="32">
         <v>0.64928315412186399</v>
       </c>
-      <c r="G51" s="42">
-        <f>+G11/G50</f>
+      <c r="H51" s="32">
+        <f>+H11/H50</f>
         <v>0.61099476439790579</v>
-      </c>
-[...2 lines deleted...]
-        <v>0.67927461139896372</v>
       </c>
       <c r="I51" s="12"/>
       <c r="J51" s="12"/>
       <c r="K51" s="12"/>
       <c r="L51" s="12"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
       <c r="O51" s="12"/>
       <c r="P51" s="12"/>
       <c r="Q51" s="12"/>
       <c r="R51" s="12"/>
       <c r="S51" s="12"/>
       <c r="T51" s="12"/>
       <c r="U51" s="12"/>
       <c r="V51" s="12"/>
       <c r="W51" s="12"/>
       <c r="X51" s="12"/>
       <c r="Y51" s="12"/>
     </row>
     <row r="52" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A52" s="20"/>
       <c r="B52" s="31"/>
       <c r="C52" s="31"/>
-      <c r="D52" s="42"/>
-[...3 lines deleted...]
-      <c r="H52" s="42"/>
+      <c r="D52" s="44"/>
+      <c r="E52" s="32"/>
+      <c r="F52" s="32"/>
+      <c r="G52" s="32"/>
+      <c r="H52" s="32"/>
       <c r="I52" s="12"/>
       <c r="J52" s="12"/>
       <c r="K52" s="12"/>
       <c r="L52" s="12"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
       <c r="O52" s="12"/>
       <c r="P52" s="12"/>
       <c r="Q52" s="12"/>
       <c r="R52" s="12"/>
       <c r="S52" s="12"/>
       <c r="T52" s="12"/>
       <c r="U52" s="12"/>
       <c r="V52" s="12"/>
       <c r="W52" s="12"/>
       <c r="X52" s="12"/>
       <c r="Y52" s="12"/>
     </row>
     <row r="53" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A53" s="20"/>
       <c r="B53" s="26" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="26"/>
-      <c r="D53" s="39"/>
-[...3 lines deleted...]
-      <c r="H53" s="42"/>
+      <c r="D53" s="44"/>
+      <c r="E53" s="48"/>
+      <c r="F53" s="48"/>
+      <c r="G53" s="48"/>
+      <c r="H53" s="48"/>
       <c r="I53" s="12"/>
       <c r="J53" s="12"/>
       <c r="K53" s="12"/>
       <c r="L53" s="12"/>
       <c r="M53" s="12"/>
       <c r="N53" s="12"/>
       <c r="O53" s="12"/>
       <c r="P53" s="12"/>
       <c r="Q53" s="12"/>
       <c r="R53" s="12"/>
       <c r="S53" s="12"/>
       <c r="T53" s="12"/>
       <c r="U53" s="12"/>
       <c r="V53" s="12"/>
       <c r="W53" s="12"/>
       <c r="X53" s="12"/>
       <c r="Y53" s="12"/>
     </row>
     <row r="54" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A54" s="20"/>
       <c r="B54" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C54" s="31" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <f>D20/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000000)</f>
+        <v>45</v>
+      </c>
+      <c r="D54" s="44">
+        <v>-16</v>
+      </c>
+      <c r="E54" s="32">
         <v>-5.3854057783127676</v>
       </c>
-      <c r="E54" s="42">
-        <f>E20/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000000)</f>
+      <c r="F54" s="32">
         <v>-2.5775242569135699</v>
       </c>
-      <c r="F54" s="42">
+      <c r="G54" s="32">
         <v>-1.2862455610547214</v>
       </c>
-      <c r="G54" s="42">
-        <f>G20/((('[1]Note 20'!C7*10)+'[1]Note 20'!C8)/1000000)</f>
+      <c r="H54" s="32">
+        <f>H20/((('[1]Note 20'!C7*10)+'[1]Note 20'!C8)/1000000)</f>
         <v>-11.632133769538351</v>
-      </c>
-[...1 lines deleted...]
-        <v>14.8</v>
       </c>
       <c r="I54" s="12"/>
       <c r="J54" s="12"/>
       <c r="K54" s="12"/>
       <c r="L54" s="12"/>
       <c r="M54" s="12"/>
       <c r="N54" s="12"/>
       <c r="O54" s="12"/>
       <c r="P54" s="12"/>
       <c r="Q54" s="12"/>
       <c r="R54" s="12"/>
       <c r="S54" s="12"/>
       <c r="T54" s="12"/>
       <c r="U54" s="12"/>
       <c r="V54" s="12"/>
       <c r="W54" s="12"/>
       <c r="X54" s="12"/>
       <c r="Y54" s="12"/>
     </row>
     <row r="55" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A55" s="20"/>
       <c r="B55" s="31" t="s">
         <v>28</v>
       </c>
       <c r="C55" s="31" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <f>+D58/D54</f>
+        <v>45</v>
+      </c>
+      <c r="D55" s="44">
+        <v>-7.2</v>
+      </c>
+      <c r="E55" s="32">
         <v>-17.825954802996577</v>
       </c>
-      <c r="E55" s="42">
-        <f>+E58/E54</f>
+      <c r="F55" s="32">
         <v>-38.71932523323931</v>
       </c>
-      <c r="F55" s="42">
+      <c r="G55" s="32">
         <v>-108.5</v>
       </c>
-      <c r="G55" s="42">
-        <f>+G58/G54</f>
+      <c r="H55" s="32">
+        <f>+H59/H54</f>
         <v>-13.067249999999998</v>
-      </c>
-[...2 lines deleted...]
-        <v>11.925675675675675</v>
       </c>
       <c r="I55" s="12"/>
       <c r="J55" s="12"/>
       <c r="K55" s="12"/>
       <c r="L55" s="12"/>
       <c r="M55" s="12"/>
       <c r="N55" s="12"/>
       <c r="O55" s="12"/>
       <c r="P55" s="12"/>
       <c r="Q55" s="12"/>
       <c r="R55" s="12"/>
       <c r="S55" s="12"/>
       <c r="T55" s="12"/>
       <c r="U55" s="12"/>
       <c r="V55" s="12"/>
       <c r="W55" s="12"/>
       <c r="X55" s="12"/>
       <c r="Y55" s="12"/>
     </row>
     <row r="56" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A56" s="20"/>
       <c r="B56" s="31" t="s">
         <v>29</v>
       </c>
       <c r="C56" s="31" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <f>+[1]Pengestrømsopgørelse!D19/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000)</f>
+        <v>45</v>
+      </c>
+      <c r="D56" s="44">
+        <v>17.600000000000001</v>
+      </c>
+      <c r="E56" s="32">
         <v>31.417439620563169</v>
       </c>
-      <c r="E56" s="42">
-        <f>+[1]Pengestrømsopgørelse!E19/((('[1]Note 20'!B7*10)+'[1]Note 20'!B8)/1000)</f>
+      <c r="F56" s="32">
         <v>9.9426781869529961</v>
       </c>
-      <c r="F56" s="42">
+      <c r="G56" s="32">
         <v>-15.120096188798477</v>
       </c>
-      <c r="G56" s="42">
+      <c r="H56" s="32">
         <v>-23.7</v>
-      </c>
-[...1 lines deleted...]
-        <v>36.700000000000003</v>
       </c>
       <c r="I56" s="12"/>
       <c r="J56" s="12"/>
       <c r="K56" s="12"/>
       <c r="L56" s="12"/>
       <c r="M56" s="12"/>
       <c r="N56" s="12"/>
       <c r="O56" s="12"/>
       <c r="P56" s="12"/>
       <c r="Q56" s="12"/>
       <c r="R56" s="12"/>
       <c r="S56" s="12"/>
       <c r="T56" s="12"/>
       <c r="U56" s="12"/>
       <c r="V56" s="12"/>
       <c r="W56" s="12"/>
       <c r="X56" s="12"/>
       <c r="Y56" s="12"/>
     </row>
     <row r="57" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A57" s="20"/>
       <c r="B57" s="31" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="C57" s="31" t="s">
-        <v>46</v>
-[...17 lines deleted...]
-        <v>133.19999999999999</v>
+        <v>0</v>
+      </c>
+      <c r="D57" s="44">
+        <v>50</v>
+      </c>
+      <c r="E57" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="F57" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G57" s="32" t="s">
+        <v>34</v>
+      </c>
+      <c r="H57" s="32" t="s">
+        <v>34</v>
       </c>
       <c r="I57" s="12"/>
       <c r="J57" s="12"/>
       <c r="K57" s="12"/>
       <c r="L57" s="12"/>
       <c r="M57" s="12"/>
       <c r="N57" s="12"/>
       <c r="O57" s="12"/>
       <c r="P57" s="12"/>
       <c r="Q57" s="12"/>
       <c r="R57" s="12"/>
       <c r="S57" s="12"/>
       <c r="T57" s="12"/>
       <c r="U57" s="12"/>
       <c r="V57" s="12"/>
       <c r="W57" s="12"/>
       <c r="X57" s="12"/>
       <c r="Y57" s="12"/>
     </row>
     <row r="58" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A58" s="20"/>
       <c r="B58" s="31" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C58" s="31" t="s">
-        <v>46</v>
-[...14 lines deleted...]
-        <v>176.5</v>
+        <v>45</v>
+      </c>
+      <c r="D58" s="44">
+        <v>99.5</v>
+      </c>
+      <c r="E58" s="32">
+        <v>110.3560029401952</v>
+      </c>
+      <c r="F58" s="32">
+        <v>117.22450577412411</v>
+      </c>
+      <c r="G58" s="32">
+        <v>122.38290971115399</v>
+      </c>
+      <c r="H58" s="32">
+        <f>H28/((('[1]Note 20'!C7*10)+'[1]Note 20'!C8)/1000000)</f>
+        <v>121.52224365964825</v>
       </c>
       <c r="I58" s="12"/>
       <c r="J58" s="12"/>
       <c r="K58" s="12"/>
       <c r="L58" s="12"/>
       <c r="M58" s="12"/>
       <c r="N58" s="12"/>
       <c r="O58" s="12"/>
       <c r="P58" s="12"/>
       <c r="Q58" s="12"/>
       <c r="R58" s="12"/>
       <c r="S58" s="12"/>
       <c r="T58" s="12"/>
       <c r="U58" s="12"/>
       <c r="V58" s="12"/>
       <c r="W58" s="12"/>
       <c r="X58" s="12"/>
       <c r="Y58" s="12"/>
     </row>
     <row r="59" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A59" s="20"/>
       <c r="B59" s="31" t="s">
-        <v>32</v>
-[...19 lines deleted...]
-        <v>1.3250750750750753</v>
+        <v>31</v>
+      </c>
+      <c r="C59" s="31" t="s">
+        <v>45</v>
+      </c>
+      <c r="D59" s="44">
+        <v>115</v>
+      </c>
+      <c r="E59" s="32">
+        <v>96</v>
+      </c>
+      <c r="F59" s="32">
+        <v>99.8</v>
+      </c>
+      <c r="G59" s="32">
+        <v>141</v>
+      </c>
+      <c r="H59" s="32">
+        <v>152</v>
       </c>
       <c r="I59" s="12"/>
       <c r="J59" s="12"/>
       <c r="K59" s="12"/>
       <c r="L59" s="12"/>
       <c r="M59" s="12"/>
       <c r="N59" s="12"/>
       <c r="O59" s="12"/>
       <c r="P59" s="12"/>
       <c r="Q59" s="12"/>
       <c r="R59" s="12"/>
       <c r="S59" s="12"/>
       <c r="T59" s="12"/>
       <c r="U59" s="12"/>
       <c r="V59" s="12"/>
       <c r="W59" s="12"/>
       <c r="X59" s="12"/>
       <c r="Y59" s="12"/>
     </row>
     <row r="60" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A60" s="20"/>
-      <c r="B60" s="20"/>
-[...5 lines deleted...]
-      <c r="H60" s="29"/>
+      <c r="B60" s="31" t="s">
+        <v>32</v>
+      </c>
+      <c r="C60" s="26"/>
+      <c r="D60" s="44">
+        <v>1.2</v>
+      </c>
+      <c r="E60" s="32">
+        <v>0.86991189824104909</v>
+      </c>
+      <c r="F60" s="32">
+        <v>0.8513578226749039</v>
+      </c>
+      <c r="G60" s="32">
+        <v>1.1521216510768191</v>
+      </c>
+      <c r="H60" s="32">
+        <f>+H59/H58</f>
+        <v>1.2507998159226874</v>
+      </c>
       <c r="I60" s="12"/>
       <c r="J60" s="12"/>
       <c r="K60" s="12"/>
       <c r="L60" s="12"/>
       <c r="M60" s="12"/>
       <c r="N60" s="12"/>
       <c r="O60" s="12"/>
       <c r="P60" s="12"/>
       <c r="Q60" s="12"/>
       <c r="R60" s="12"/>
       <c r="S60" s="12"/>
       <c r="T60" s="12"/>
       <c r="U60" s="12"/>
       <c r="V60" s="12"/>
       <c r="W60" s="12"/>
       <c r="X60" s="12"/>
       <c r="Y60" s="12"/>
     </row>
     <row r="61" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A61" s="20"/>
-      <c r="B61" s="41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B61" s="20"/>
       <c r="C61" s="20"/>
-      <c r="D61" s="20"/>
-[...3 lines deleted...]
-      <c r="H61" s="46"/>
+      <c r="D61" s="40"/>
+      <c r="E61" s="41"/>
+      <c r="F61" s="41"/>
+      <c r="G61" s="41"/>
+      <c r="H61" s="41"/>
       <c r="I61" s="12"/>
       <c r="J61" s="12"/>
       <c r="K61" s="12"/>
       <c r="L61" s="12"/>
       <c r="M61" s="12"/>
       <c r="N61" s="12"/>
       <c r="O61" s="12"/>
       <c r="P61" s="12"/>
       <c r="Q61" s="12"/>
       <c r="R61" s="12"/>
       <c r="S61" s="12"/>
       <c r="T61" s="12"/>
       <c r="U61" s="12"/>
       <c r="V61" s="12"/>
       <c r="W61" s="12"/>
       <c r="X61" s="12"/>
       <c r="Y61" s="12"/>
     </row>
     <row r="62" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A62" s="20"/>
-      <c r="B62" s="47"/>
+      <c r="B62" s="36" t="s">
+        <v>73</v>
+      </c>
       <c r="C62" s="20"/>
-      <c r="D62" s="20"/>
-[...20 lines deleted...]
-      <c r="Y62" s="5"/>
+      <c r="D62" s="42"/>
+      <c r="E62" s="42"/>
+      <c r="F62" s="43"/>
+      <c r="G62" s="43"/>
+      <c r="H62" s="43"/>
+      <c r="I62" s="12"/>
+      <c r="J62" s="12"/>
+      <c r="K62" s="12"/>
+      <c r="L62" s="12"/>
+      <c r="M62" s="12"/>
+      <c r="N62" s="12"/>
+      <c r="O62" s="12"/>
+      <c r="P62" s="12"/>
+      <c r="Q62" s="12"/>
+      <c r="R62" s="12"/>
+      <c r="S62" s="12"/>
+      <c r="T62" s="12"/>
+      <c r="U62" s="12"/>
+      <c r="V62" s="12"/>
+      <c r="W62" s="12"/>
+      <c r="X62" s="12"/>
+      <c r="Y62" s="12"/>
     </row>
     <row r="63" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A63" s="20"/>
-      <c r="B63" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B63" s="38"/>
       <c r="C63" s="20"/>
       <c r="D63" s="20"/>
-      <c r="E63" s="46"/>
-[...19 lines deleted...]
-      <c r="Y63" s="13"/>
+      <c r="E63" s="20"/>
+      <c r="F63" s="37"/>
+      <c r="G63" s="37"/>
+      <c r="H63" s="37"/>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5"/>
+      <c r="K63" s="5"/>
+      <c r="L63" s="5"/>
+      <c r="M63" s="5"/>
+      <c r="N63" s="5"/>
+      <c r="O63" s="5"/>
+      <c r="P63" s="5"/>
+      <c r="Q63" s="5"/>
+      <c r="R63" s="5"/>
+      <c r="S63" s="5"/>
+      <c r="T63" s="5"/>
+      <c r="U63" s="5"/>
+      <c r="V63" s="5"/>
+      <c r="W63" s="5"/>
+      <c r="X63" s="5"/>
+      <c r="Y63" s="5"/>
     </row>
     <row r="64" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A64" s="20"/>
-      <c r="B64" s="20"/>
+      <c r="B64" s="31" t="s">
+        <v>67</v>
+      </c>
       <c r="C64" s="20"/>
       <c r="D64" s="20"/>
-      <c r="E64" s="46"/>
-[...2 lines deleted...]
-      <c r="H64" s="46"/>
+      <c r="E64" s="20"/>
+      <c r="F64" s="37"/>
+      <c r="G64" s="37"/>
+      <c r="H64" s="37"/>
       <c r="I64" s="13"/>
       <c r="J64" s="13"/>
       <c r="K64" s="13"/>
       <c r="L64" s="13"/>
       <c r="M64" s="13"/>
       <c r="N64" s="13"/>
       <c r="O64" s="13"/>
       <c r="P64" s="13"/>
       <c r="Q64" s="13"/>
       <c r="R64" s="13"/>
       <c r="S64" s="13"/>
       <c r="T64" s="13"/>
       <c r="U64" s="13"/>
       <c r="V64" s="13"/>
       <c r="W64" s="13"/>
       <c r="X64" s="13"/>
       <c r="Y64" s="13"/>
     </row>
     <row r="65" spans="1:25" x14ac:dyDescent="0.2">
       <c r="A65" s="20"/>
-      <c r="B65" s="31" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B65" s="20"/>
       <c r="C65" s="20"/>
       <c r="D65" s="20"/>
-      <c r="E65" s="48"/>
-[...2 lines deleted...]
-      <c r="H65" s="48"/>
+      <c r="E65" s="20"/>
+      <c r="F65" s="37"/>
+      <c r="G65" s="37"/>
+      <c r="H65" s="37"/>
       <c r="I65" s="13"/>
       <c r="J65" s="13"/>
       <c r="K65" s="13"/>
       <c r="L65" s="13"/>
       <c r="M65" s="13"/>
       <c r="N65" s="13"/>
       <c r="O65" s="13"/>
       <c r="P65" s="13"/>
       <c r="Q65" s="13"/>
       <c r="R65" s="13"/>
       <c r="S65" s="13"/>
       <c r="T65" s="13"/>
       <c r="U65" s="13"/>
       <c r="V65" s="13"/>
       <c r="W65" s="13"/>
       <c r="X65" s="13"/>
       <c r="Y65" s="13"/>
+    </row>
+    <row r="66" spans="1:25" x14ac:dyDescent="0.2">
+      <c r="A66" s="20"/>
+      <c r="B66" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="C66" s="20"/>
+      <c r="D66" s="20"/>
+      <c r="E66" s="20"/>
+      <c r="F66" s="39"/>
+      <c r="G66" s="39"/>
+      <c r="H66" s="39"/>
+      <c r="I66" s="13"/>
+      <c r="J66" s="13"/>
+      <c r="K66" s="13"/>
+      <c r="L66" s="13"/>
+      <c r="M66" s="13"/>
+      <c r="N66" s="13"/>
+      <c r="O66" s="13"/>
+      <c r="P66" s="13"/>
+      <c r="Q66" s="13"/>
+      <c r="R66" s="13"/>
+      <c r="S66" s="13"/>
+      <c r="T66" s="13"/>
+      <c r="U66" s="13"/>
+      <c r="V66" s="13"/>
+      <c r="W66" s="13"/>
+      <c r="X66" s="13"/>
+      <c r="Y66" s="13"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="58" orientation="portrait" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="8" max="37" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>